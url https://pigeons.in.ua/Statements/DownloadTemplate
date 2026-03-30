--- v0 (2025-10-06)
+++ v1 (2026-03-30)
@@ -1,82 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="23001"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" mc:Ignorable="x15 xr xr6 xr10">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\andri\source\repos\Pigeons\wwwroot\templates\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\host.lan\Data\files\tasks\beacdb41-657d-4b63-9d75-e1a9484f8b09\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{525246F6-16C0-4105-B783-24B33D215F2C}" xr6:coauthVersionLast="45" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{77596389-1C72-43F2-9C9F-46CD62A5CB84}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="375" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="10440" tabRatio="375"/>
   </bookViews>
   <sheets>
     <sheet name="Додати" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">Додати!$1:$11</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">Додати!$1:$12</definedName>
   </definedNames>
-  <calcPr calcId="181029"/>
+  <calcPr calcId="191029" fullCalcOnLoad="1"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="A13" i="1" l="1"/>
-  <c r="A14" i="1" s="1"/>
+  <c r="A14" i="1" l="1"/>
   <c r="A15" i="1" s="1"/>
   <c r="A16" i="1" s="1"/>
   <c r="A17" i="1" s="1"/>
   <c r="A18" i="1" s="1"/>
   <c r="A19" i="1" s="1"/>
   <c r="A20" i="1" s="1"/>
   <c r="A21" i="1" s="1"/>
   <c r="A22" i="1" s="1"/>
   <c r="A23" i="1" s="1"/>
   <c r="A24" i="1" s="1"/>
   <c r="A25" i="1" s="1"/>
   <c r="A26" i="1" s="1"/>
   <c r="A27" i="1" s="1"/>
   <c r="A28" i="1" s="1"/>
   <c r="A29" i="1" s="1"/>
   <c r="A30" i="1" s="1"/>
   <c r="A31" i="1" s="1"/>
   <c r="A32" i="1" s="1"/>
   <c r="A33" i="1" s="1"/>
   <c r="A34" i="1" s="1"/>
   <c r="A35" i="1" s="1"/>
   <c r="A36" i="1" s="1"/>
   <c r="A37" i="1" s="1"/>
   <c r="A38" i="1" s="1"/>
   <c r="A39" i="1" s="1"/>
@@ -230,55 +235,56 @@
   <c r="A187" i="1" s="1"/>
   <c r="A188" i="1" s="1"/>
   <c r="A189" i="1" s="1"/>
   <c r="A190" i="1" s="1"/>
   <c r="A191" i="1" s="1"/>
   <c r="A192" i="1" s="1"/>
   <c r="A193" i="1" s="1"/>
   <c r="A194" i="1" s="1"/>
   <c r="A195" i="1" s="1"/>
   <c r="A196" i="1" s="1"/>
   <c r="A197" i="1" s="1"/>
   <c r="A198" i="1" s="1"/>
   <c r="A199" i="1" s="1"/>
   <c r="A200" i="1" s="1"/>
   <c r="A201" i="1" s="1"/>
   <c r="A202" i="1" s="1"/>
   <c r="A203" i="1" s="1"/>
   <c r="A204" i="1" s="1"/>
   <c r="A205" i="1" s="1"/>
   <c r="A206" i="1" s="1"/>
   <c r="A207" i="1" s="1"/>
   <c r="A208" i="1" s="1"/>
   <c r="A209" i="1" s="1"/>
   <c r="A210" i="1" s="1"/>
   <c r="A211" i="1" s="1"/>
+  <c r="A212" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>№ п/п</t>
   </si>
   <si>
     <t>Заявка для участі у змаганнях на сезон</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Рік</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">   </t>
     </r>
     <r>
       <rPr>
@@ -380,389 +386,389 @@
       <t xml:space="preserve">  </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color indexed="48"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color indexed="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">   1-голуб;    0-голубка</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
-        <color rgb="FF000000"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Код голубовода</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">                                                       </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color rgb="FF000000"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Якщо новий учасник, то записуємо коодинати голубятні у форматі: </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color rgb="FFFF0000"/>
+        <color indexed="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Висота; Широта; Довгота;</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color rgb="FF000000"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">і це записуємо строго через крапку, наприклад, </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color rgb="FFFF0000"/>
+        <color indexed="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>370; 53.123456; 34.6789;</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
-        <color rgb="FF000000"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Країна або інша абревіатура </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t xml:space="preserve">              </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color rgb="FF000000"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">(тільки якщо голуб з неукраїнським кільцем або дербі, наприклад, </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color rgb="FFFF0000"/>
+        <color indexed="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>PL, RO, SK, BE, DV, DER</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color rgb="FF000000"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">). Дербі кільця просто </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color rgb="FFFF0000"/>
+        <color indexed="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>DER</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color rgb="FF000000"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>, без жодних приставок, всі інші строго 2 символи і тільки англійськими літерами</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
-        <color rgb="FF000000"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Мобільний голубовода, </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">наприклад </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color rgb="FFFF0000"/>
+        <color indexed="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>380971119111</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
-        <color rgb="FF000000"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Повне прізвище, </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">наприклад </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color rgb="FFFF0000"/>
+        <color indexed="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Слободян</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
-        <color rgb="FF000000"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Повне ім'я, </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">наприклад </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color rgb="FFFF0000"/>
+        <color indexed="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Андрій</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
-        <color rgb="FF000000"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Повне по батькові, </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">наприклад </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color rgb="FFFF0000"/>
+        <color indexed="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Володимирович</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
-        <color rgb="FF000000"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Додатково,</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color rgb="FF000000"/>
+        <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">наприклад </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color rgb="FFFF0000"/>
+        <color indexed="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">та син </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>чи партнер</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color rgb="FFFF0000"/>
+        <color indexed="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> - Слободян. А.В.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Тип годинника:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color rgb="FFFF0000"/>
+        <color indexed="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Електронний</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> або </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color rgb="FFFF0000"/>
+        <color indexed="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Механічний</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>№ голуба</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">                                                 </t>
     </r>
     <r>
       <rPr>
@@ -779,340 +785,270 @@
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color indexed="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>1234567</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">; або якщо є код населеного пункту, то через дефіс, наприклад, </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color rgb="FFFF0000"/>
+        <color indexed="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>03430-1234567</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Марка годинника|Номер</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">: для електронного вказуємо безпосередньо марку, наприклад </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color rgb="FFFF0000"/>
+        <color indexed="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>AMC-ESK</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color rgb="FFFF0000"/>
+        <color indexed="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>BENZING</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color rgb="FFFF0000"/>
+        <color indexed="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>BRICON</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color rgb="FFFF0000"/>
+        <color indexed="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Mega System</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color rgb="FFFF0000"/>
+        <color indexed="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>TauRIS</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">, </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color rgb="FFFF0000"/>
+        <color indexed="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>TIPES</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">. Для механічного потрібно вказати серійний номер (є або на годиннику зверху або завжди є на відбитій стрічці, наприклад </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
-        <color rgb="FFFF0000"/>
+        <color indexed="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>245111</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Місце посадки голубовода в клубі</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color indexed="8"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">:                        </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+      </rPr>
+      <t>(Назва, координати)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color indexed="8"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color indexed="10"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+      </rPr>
+      <t>Товсте 48.84512; 25.72121</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="35" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+  <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="9"/>
-      <name val="Calibri"/>
-[...111 lines deleted...]
-      <color indexed="17"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1128,104 +1064,125 @@
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="7"/>
       <color indexed="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color indexed="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
-      <color rgb="FFFF0000"/>
+      <color indexed="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="48"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color indexed="48"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
-      <color rgb="FF000000"/>
+      <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
-      <color rgb="FF000000"/>
+      <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="8"/>
+      <color indexed="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="18">
+  <fills count="31">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="27"/>
         <bgColor indexed="41"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="47"/>
         <bgColor indexed="22"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="26"/>
       </patternFill>
     </fill>
     <fill>
@@ -1256,520 +1213,484 @@
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="43"/>
         <bgColor indexed="26"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="49"/>
         <bgColor indexed="40"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="57"/>
         <bgColor indexed="21"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor indexed="53"/>
-        <bgColor indexed="52"/>
+        <fgColor theme="4" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor indexed="55"/>
-        <bgColor indexed="23"/>
+        <fgColor theme="4" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor indexed="51"/>
-        <bgColor indexed="13"/>
+        <fgColor theme="4" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor indexed="62"/>
-        <bgColor indexed="56"/>
+        <fgColor theme="5" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor indexed="45"/>
-        <bgColor indexed="29"/>
+        <fgColor theme="5" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="15">
+  <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...105 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...22 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="42">
+  <cellStyleXfs count="37">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="18" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...21 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="35">
+  <cellXfs count="36">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
-    <xf numFmtId="49" fontId="22" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="22" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="20" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="49" fontId="22" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="22" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="22" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="20" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="20" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="31" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="34" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="1" fontId="22" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="22" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
-  <cellStyles count="42">
-[...35 lines deleted...]
-    <cellStyle name="Neutral" xfId="35" builtinId="28" customBuiltin="1"/>
+  <cellStyles count="37">
+    <cellStyle name="20% - Accent1" xfId="19" builtinId="30" hidden="1"/>
+    <cellStyle name="20% - Accent2" xfId="22" builtinId="34" hidden="1"/>
+    <cellStyle name="20% - Accent3" xfId="25" builtinId="38" hidden="1"/>
+    <cellStyle name="20% - Accent4" xfId="28" builtinId="42" hidden="1"/>
+    <cellStyle name="20% - Accent5" xfId="31" builtinId="46" hidden="1"/>
+    <cellStyle name="20% - Accent6" xfId="34" builtinId="50" hidden="1"/>
+    <cellStyle name="20% - Акцент1" xfId="1"/>
+    <cellStyle name="20% - Акцент2" xfId="2"/>
+    <cellStyle name="20% - Акцент3" xfId="3"/>
+    <cellStyle name="20% - Акцент4" xfId="4"/>
+    <cellStyle name="20% - Акцент5" xfId="5"/>
+    <cellStyle name="20% - Акцент6" xfId="6"/>
+    <cellStyle name="40% - Accent1" xfId="20" builtinId="31" hidden="1"/>
+    <cellStyle name="40% - Accent2" xfId="23" builtinId="35" hidden="1"/>
+    <cellStyle name="40% - Accent3" xfId="26" builtinId="39" hidden="1"/>
+    <cellStyle name="40% - Accent4" xfId="29" builtinId="43" hidden="1"/>
+    <cellStyle name="40% - Accent5" xfId="32" builtinId="47" hidden="1"/>
+    <cellStyle name="40% - Accent6" xfId="35" builtinId="51" hidden="1"/>
+    <cellStyle name="40% - Акцент1" xfId="7"/>
+    <cellStyle name="40% - Акцент2" xfId="8"/>
+    <cellStyle name="40% - Акцент3" xfId="9"/>
+    <cellStyle name="40% - Акцент4" xfId="10"/>
+    <cellStyle name="40% - Акцент5" xfId="11"/>
+    <cellStyle name="40% - Акцент6" xfId="12"/>
+    <cellStyle name="60% - Accent1" xfId="21" builtinId="32" hidden="1"/>
+    <cellStyle name="60% - Accent2" xfId="24" builtinId="36" hidden="1"/>
+    <cellStyle name="60% - Accent3" xfId="27" builtinId="40" hidden="1"/>
+    <cellStyle name="60% - Accent4" xfId="30" builtinId="44" hidden="1"/>
+    <cellStyle name="60% - Accent5" xfId="33" builtinId="48" hidden="1"/>
+    <cellStyle name="60% - Accent6" xfId="36" builtinId="52" hidden="1"/>
+    <cellStyle name="60% - Акцент1" xfId="13"/>
+    <cellStyle name="60% - Акцент2" xfId="14"/>
+    <cellStyle name="60% - Акцент3" xfId="15"/>
+    <cellStyle name="60% - Акцент4" xfId="16"/>
+    <cellStyle name="60% - Акцент5" xfId="17"/>
+    <cellStyle name="60% - Акцент6" xfId="18"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Note" xfId="38" builtinId="10" customBuiltin="1"/>
-[...3 lines deleted...]
-    <cellStyle name="Warning Text" xfId="40" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="1028" name="Line 2">
+        <xdr:cNvPr id="1025" name="Line 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F573D494-ECA1-4CF4-B9CF-1FB6F6616085}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{419906E8-9836-493E-A6FB-8357EFFD98AF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeShapeType="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm flipH="1">
-          <a:off x="3200400" y="1047750"/>
+          <a:off x="2628900" y="2924175"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="line">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:solidFill>
-            <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+            <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:noFill/>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1788,86 +1709,86 @@
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -2012,2313 +1933,2324 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults>
     <a:spDef>
       <a:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1" cy="1"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst/>
         </a:custGeom>
         <a:solidFill>
-          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="090000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="9"/>
+          <a:srgbClr val="090000"/>
         </a:solidFill>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="400000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+            <a:srgbClr val="400000"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
         <a:extLst>
           <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:effectLst>
                 <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                   <a:srgbClr val="808080"/>
                 </a:outerShdw>
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:spDef>
     <a:lnDef>
       <a:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1" cy="1"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst/>
         </a:custGeom>
         <a:solidFill>
-          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="090000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="9"/>
+          <a:srgbClr val="090000"/>
         </a:solidFill>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="400000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+            <a:srgbClr val="400000"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
         <a:extLst>
           <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:effectLst>
                 <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                   <a:srgbClr val="808080"/>
                 </a:outerShdw>
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:I211"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:I212"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="135" zoomScaleNormal="160" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="B12" sqref="B12"/>
+    <sheetView tabSelected="1" zoomScale="75" zoomScaleNormal="160" workbookViewId="0">
+      <pane ySplit="12" topLeftCell="A13" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A11" sqref="A11:B11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.28515625" style="4" customWidth="1"/>
     <col min="2" max="2" width="34.140625" style="18" customWidth="1"/>
     <col min="3" max="3" width="6.85546875" style="9" customWidth="1"/>
     <col min="4" max="4" width="8" style="4" customWidth="1"/>
     <col min="5" max="5" width="33.85546875" style="11" customWidth="1"/>
     <col min="6" max="9" width="9.28515625" style="1" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="29" t="s">
+      <c r="A1" s="30" t="s">
         <v>1</v>
       </c>
-      <c r="B1" s="30"/>
-[...4 lines deleted...]
-      <c r="E1" s="33"/>
+      <c r="B1" s="31"/>
+      <c r="C1" s="34">
+        <v>2026</v>
+      </c>
+      <c r="D1" s="34"/>
+      <c r="E1" s="34"/>
       <c r="F1" s="19"/>
       <c r="G1" s="19"/>
       <c r="H1" s="19"/>
       <c r="I1" s="19"/>
     </row>
     <row r="2" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="29" t="s">
+      <c r="A2" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="B2" s="30"/>
-[...2 lines deleted...]
-      <c r="E2" s="21"/>
+      <c r="B2" s="31"/>
+      <c r="C2" s="26"/>
+      <c r="D2" s="26"/>
+      <c r="E2" s="26"/>
       <c r="F2" s="19"/>
       <c r="G2" s="19"/>
       <c r="H2" s="19"/>
       <c r="I2" s="19"/>
     </row>
     <row r="3" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="31" t="s">
+      <c r="A3" s="27" t="s">
         <v>8</v>
       </c>
-      <c r="B3" s="22"/>
-[...2 lines deleted...]
-      <c r="E3" s="21"/>
+      <c r="B3" s="28"/>
+      <c r="C3" s="26"/>
+      <c r="D3" s="26"/>
+      <c r="E3" s="26"/>
       <c r="F3" s="20"/>
       <c r="G3" s="20"/>
       <c r="H3" s="20"/>
       <c r="I3" s="20"/>
     </row>
     <row r="4" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="31" t="s">
+      <c r="A4" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="B4" s="22"/>
-[...2 lines deleted...]
-      <c r="E4" s="21"/>
+      <c r="B4" s="28"/>
+      <c r="C4" s="26"/>
+      <c r="D4" s="26"/>
+      <c r="E4" s="26"/>
       <c r="F4" s="20"/>
       <c r="G4" s="20"/>
       <c r="H4" s="20"/>
       <c r="I4" s="20"/>
     </row>
     <row r="5" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="31" t="s">
+      <c r="A5" s="27" t="s">
         <v>10</v>
       </c>
-      <c r="B5" s="22"/>
-[...2 lines deleted...]
-      <c r="E5" s="21"/>
+      <c r="B5" s="28"/>
+      <c r="C5" s="26"/>
+      <c r="D5" s="26"/>
+      <c r="E5" s="26"/>
       <c r="F5" s="20"/>
       <c r="G5" s="20"/>
       <c r="H5" s="20"/>
       <c r="I5" s="20"/>
     </row>
     <row r="6" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="31" t="s">
+      <c r="A6" s="27" t="s">
         <v>7</v>
       </c>
-      <c r="B6" s="22"/>
-[...2 lines deleted...]
-      <c r="E6" s="21"/>
+      <c r="B6" s="28"/>
+      <c r="C6" s="26"/>
+      <c r="D6" s="26"/>
+      <c r="E6" s="26"/>
       <c r="F6" s="20"/>
       <c r="G6" s="20"/>
       <c r="H6" s="20"/>
       <c r="I6" s="20"/>
     </row>
     <row r="7" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="22" t="s">
+      <c r="A7" s="28" t="s">
         <v>11</v>
       </c>
-      <c r="B7" s="23"/>
-[...2 lines deleted...]
-      <c r="E7" s="26"/>
+      <c r="B7" s="33"/>
+      <c r="C7" s="23"/>
+      <c r="D7" s="24"/>
+      <c r="E7" s="25"/>
       <c r="F7" s="20"/>
       <c r="G7" s="20"/>
       <c r="H7" s="20"/>
       <c r="I7" s="20"/>
     </row>
     <row r="8" spans="1:9" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="32" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="32"/>
-      <c r="C8" s="34"/>
-[...1 lines deleted...]
-      <c r="E8" s="34"/>
+      <c r="C8" s="35"/>
+      <c r="D8" s="35"/>
+      <c r="E8" s="35"/>
     </row>
     <row r="9" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="27" t="s">
+      <c r="A9" s="29" t="s">
         <v>12</v>
       </c>
-      <c r="B9" s="28"/>
-[...2 lines deleted...]
-      <c r="E9" s="26"/>
+      <c r="B9" s="22"/>
+      <c r="C9" s="23"/>
+      <c r="D9" s="24"/>
+      <c r="E9" s="25"/>
     </row>
     <row r="10" spans="1:9" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="27" t="s">
+      <c r="A10" s="29" t="s">
         <v>14</v>
       </c>
-      <c r="B10" s="28"/>
-[...5 lines deleted...]
-      <c r="A11" s="12" t="s">
+      <c r="B10" s="22"/>
+      <c r="C10" s="23"/>
+      <c r="D10" s="24"/>
+      <c r="E10" s="25"/>
+    </row>
+    <row r="11" spans="1:9" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="B11" s="22"/>
+      <c r="C11" s="23"/>
+      <c r="D11" s="24"/>
+      <c r="E11" s="25"/>
+    </row>
+    <row r="12" spans="1:9" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="12" t="s">
         <v>0</v>
       </c>
-      <c r="B11" s="2" t="s">
+      <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="C11" s="2" t="s">
+      <c r="C12" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="D11" s="2" t="s">
+      <c r="D12" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="E11" s="13" t="s">
+      <c r="E12" s="13" t="s">
         <v>6</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="E12" s="10"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3">
-        <f>A12+1</f>
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B13" s="14"/>
       <c r="C13" s="5"/>
       <c r="D13" s="6"/>
       <c r="E13" s="10"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3">
-        <f t="shared" ref="A14:A77" si="0">A13+1</f>
-        <v>3</v>
+        <f>A13+1</f>
+        <v>2</v>
       </c>
       <c r="B14" s="14"/>
       <c r="C14" s="5"/>
       <c r="D14" s="6"/>
       <c r="E14" s="10"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3">
-        <f t="shared" si="0"/>
-        <v>4</v>
+        <f t="shared" ref="A15:A78" si="0">A14+1</f>
+        <v>3</v>
       </c>
       <c r="B15" s="14"/>
       <c r="C15" s="5"/>
       <c r="D15" s="6"/>
       <c r="E15" s="10"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <f t="shared" si="0"/>
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B16" s="14"/>
       <c r="C16" s="5"/>
       <c r="D16" s="6"/>
       <c r="E16" s="10"/>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="3">
         <f t="shared" si="0"/>
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="B17" s="15"/>
+        <v>5</v>
+      </c>
+      <c r="B17" s="14"/>
       <c r="C17" s="5"/>
       <c r="D17" s="6"/>
       <c r="E17" s="10"/>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="3">
         <f t="shared" si="0"/>
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B18" s="15"/>
       <c r="C18" s="5"/>
       <c r="D18" s="6"/>
       <c r="E18" s="10"/>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <f t="shared" si="0"/>
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B19" s="15"/>
       <c r="C19" s="5"/>
       <c r="D19" s="6"/>
       <c r="E19" s="10"/>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="3">
         <f t="shared" si="0"/>
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B20" s="15"/>
       <c r="C20" s="5"/>
       <c r="D20" s="6"/>
       <c r="E20" s="10"/>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="3">
         <f t="shared" si="0"/>
-        <v>10</v>
-[...2 lines deleted...]
-      <c r="C21" s="6"/>
+        <v>9</v>
+      </c>
+      <c r="B21" s="15"/>
+      <c r="C21" s="5"/>
       <c r="D21" s="6"/>
       <c r="E21" s="10"/>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="3">
         <f t="shared" si="0"/>
-        <v>11</v>
-[...2 lines deleted...]
-      <c r="C22" s="5"/>
+        <v>10</v>
+      </c>
+      <c r="B22" s="14"/>
+      <c r="C22" s="6"/>
       <c r="D22" s="6"/>
       <c r="E22" s="10"/>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="3">
         <f t="shared" si="0"/>
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B23" s="15"/>
       <c r="C23" s="5"/>
       <c r="D23" s="6"/>
       <c r="E23" s="10"/>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="3">
         <f t="shared" si="0"/>
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B24" s="15"/>
       <c r="C24" s="5"/>
       <c r="D24" s="6"/>
       <c r="E24" s="10"/>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="3">
         <f t="shared" si="0"/>
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B25" s="15"/>
       <c r="C25" s="5"/>
       <c r="D25" s="6"/>
       <c r="E25" s="10"/>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="3">
         <f t="shared" si="0"/>
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B26" s="15"/>
       <c r="C26" s="5"/>
       <c r="D26" s="6"/>
       <c r="E26" s="10"/>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="3">
         <f t="shared" si="0"/>
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B27" s="15"/>
       <c r="C27" s="5"/>
       <c r="D27" s="6"/>
       <c r="E27" s="10"/>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="3">
         <f t="shared" si="0"/>
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B28" s="15"/>
       <c r="C28" s="5"/>
       <c r="D28" s="6"/>
       <c r="E28" s="10"/>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="3">
         <f t="shared" si="0"/>
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B29" s="15"/>
       <c r="C29" s="5"/>
       <c r="D29" s="6"/>
       <c r="E29" s="10"/>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="3">
         <f t="shared" si="0"/>
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B30" s="15"/>
       <c r="C30" s="5"/>
       <c r="D30" s="6"/>
       <c r="E30" s="10"/>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="3">
         <f t="shared" si="0"/>
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B31" s="15"/>
       <c r="C31" s="5"/>
       <c r="D31" s="6"/>
       <c r="E31" s="10"/>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="3">
         <f t="shared" si="0"/>
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B32" s="15"/>
       <c r="C32" s="5"/>
       <c r="D32" s="6"/>
       <c r="E32" s="10"/>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="3">
         <f t="shared" si="0"/>
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B33" s="15"/>
       <c r="C33" s="5"/>
       <c r="D33" s="6"/>
       <c r="E33" s="10"/>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <f t="shared" si="0"/>
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B34" s="15"/>
       <c r="C34" s="5"/>
       <c r="D34" s="6"/>
       <c r="E34" s="10"/>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="3">
         <f t="shared" si="0"/>
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B35" s="15"/>
       <c r="C35" s="5"/>
       <c r="D35" s="6"/>
       <c r="E35" s="10"/>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="3">
         <f t="shared" si="0"/>
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B36" s="15"/>
       <c r="C36" s="5"/>
       <c r="D36" s="6"/>
       <c r="E36" s="10"/>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="3">
         <f t="shared" si="0"/>
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B37" s="15"/>
       <c r="C37" s="5"/>
       <c r="D37" s="6"/>
       <c r="E37" s="10"/>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="3">
         <f t="shared" si="0"/>
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B38" s="15"/>
       <c r="C38" s="5"/>
       <c r="D38" s="6"/>
       <c r="E38" s="10"/>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <f t="shared" si="0"/>
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B39" s="15"/>
       <c r="C39" s="5"/>
       <c r="D39" s="6"/>
       <c r="E39" s="10"/>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="3">
         <f t="shared" si="0"/>
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B40" s="15"/>
       <c r="C40" s="5"/>
       <c r="D40" s="6"/>
       <c r="E40" s="10"/>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="3">
         <f t="shared" si="0"/>
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B41" s="15"/>
       <c r="C41" s="5"/>
       <c r="D41" s="6"/>
       <c r="E41" s="10"/>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="3">
         <f t="shared" si="0"/>
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B42" s="15"/>
       <c r="C42" s="5"/>
       <c r="D42" s="6"/>
       <c r="E42" s="10"/>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="3">
         <f t="shared" si="0"/>
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B43" s="15"/>
       <c r="C43" s="5"/>
       <c r="D43" s="6"/>
       <c r="E43" s="10"/>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="3">
         <f t="shared" si="0"/>
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B44" s="15"/>
       <c r="C44" s="5"/>
       <c r="D44" s="6"/>
       <c r="E44" s="10"/>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="3">
         <f t="shared" si="0"/>
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B45" s="15"/>
       <c r="C45" s="5"/>
       <c r="D45" s="6"/>
       <c r="E45" s="10"/>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="3">
         <f t="shared" si="0"/>
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B46" s="15"/>
       <c r="C46" s="5"/>
       <c r="D46" s="6"/>
       <c r="E46" s="10"/>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="3">
         <f t="shared" si="0"/>
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B47" s="15"/>
       <c r="C47" s="5"/>
       <c r="D47" s="6"/>
       <c r="E47" s="10"/>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="3">
         <f t="shared" si="0"/>
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B48" s="15"/>
       <c r="C48" s="5"/>
       <c r="D48" s="6"/>
       <c r="E48" s="10"/>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="3">
         <f t="shared" si="0"/>
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B49" s="15"/>
       <c r="C49" s="5"/>
       <c r="D49" s="6"/>
       <c r="E49" s="10"/>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="3">
         <f t="shared" si="0"/>
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B50" s="15"/>
       <c r="C50" s="5"/>
       <c r="D50" s="6"/>
       <c r="E50" s="10"/>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="3">
         <f t="shared" si="0"/>
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B51" s="15"/>
       <c r="C51" s="5"/>
       <c r="D51" s="6"/>
       <c r="E51" s="10"/>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="3">
         <f t="shared" si="0"/>
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B52" s="15"/>
       <c r="C52" s="5"/>
       <c r="D52" s="6"/>
       <c r="E52" s="10"/>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="3">
         <f t="shared" si="0"/>
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B53" s="15"/>
       <c r="C53" s="5"/>
       <c r="D53" s="6"/>
       <c r="E53" s="10"/>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="3">
         <f t="shared" si="0"/>
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B54" s="15"/>
       <c r="C54" s="5"/>
       <c r="D54" s="6"/>
       <c r="E54" s="10"/>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="3">
         <f t="shared" si="0"/>
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B55" s="15"/>
       <c r="C55" s="5"/>
       <c r="D55" s="6"/>
       <c r="E55" s="10"/>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="3">
         <f t="shared" si="0"/>
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B56" s="15"/>
       <c r="C56" s="5"/>
       <c r="D56" s="6"/>
       <c r="E56" s="10"/>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="3">
         <f t="shared" si="0"/>
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B57" s="15"/>
       <c r="C57" s="5"/>
       <c r="D57" s="6"/>
       <c r="E57" s="10"/>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="3">
         <f t="shared" si="0"/>
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B58" s="15"/>
       <c r="C58" s="5"/>
       <c r="D58" s="6"/>
       <c r="E58" s="10"/>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="3">
         <f t="shared" si="0"/>
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B59" s="15"/>
       <c r="C59" s="5"/>
       <c r="D59" s="6"/>
       <c r="E59" s="10"/>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="3">
         <f t="shared" si="0"/>
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B60" s="15"/>
       <c r="C60" s="5"/>
       <c r="D60" s="6"/>
       <c r="E60" s="10"/>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="3">
         <f t="shared" si="0"/>
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B61" s="15"/>
       <c r="C61" s="5"/>
       <c r="D61" s="6"/>
       <c r="E61" s="10"/>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="3">
         <f t="shared" si="0"/>
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B62" s="15"/>
       <c r="C62" s="5"/>
       <c r="D62" s="6"/>
       <c r="E62" s="10"/>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="3">
         <f t="shared" si="0"/>
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B63" s="15"/>
       <c r="C63" s="5"/>
       <c r="D63" s="6"/>
       <c r="E63" s="10"/>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="3">
         <f t="shared" si="0"/>
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B64" s="15"/>
       <c r="C64" s="5"/>
       <c r="D64" s="6"/>
       <c r="E64" s="10"/>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="3">
         <f t="shared" si="0"/>
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B65" s="15"/>
       <c r="C65" s="5"/>
       <c r="D65" s="6"/>
       <c r="E65" s="10"/>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="3">
         <f t="shared" si="0"/>
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B66" s="15"/>
       <c r="C66" s="5"/>
       <c r="D66" s="6"/>
       <c r="E66" s="10"/>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="3">
         <f t="shared" si="0"/>
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B67" s="15"/>
       <c r="C67" s="5"/>
       <c r="D67" s="6"/>
       <c r="E67" s="10"/>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="3">
         <f t="shared" si="0"/>
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B68" s="15"/>
       <c r="C68" s="5"/>
       <c r="D68" s="6"/>
       <c r="E68" s="10"/>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="3">
         <f t="shared" si="0"/>
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B69" s="15"/>
       <c r="C69" s="5"/>
       <c r="D69" s="6"/>
       <c r="E69" s="10"/>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="3">
         <f t="shared" si="0"/>
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B70" s="15"/>
       <c r="C70" s="5"/>
       <c r="D70" s="6"/>
       <c r="E70" s="10"/>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="3">
         <f t="shared" si="0"/>
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B71" s="15"/>
       <c r="C71" s="5"/>
       <c r="D71" s="6"/>
       <c r="E71" s="10"/>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="3">
         <f t="shared" si="0"/>
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B72" s="15"/>
       <c r="C72" s="5"/>
       <c r="D72" s="6"/>
       <c r="E72" s="10"/>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="3">
         <f t="shared" si="0"/>
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B73" s="15"/>
       <c r="C73" s="5"/>
       <c r="D73" s="6"/>
       <c r="E73" s="10"/>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="3">
         <f t="shared" si="0"/>
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B74" s="15"/>
       <c r="C74" s="5"/>
       <c r="D74" s="6"/>
       <c r="E74" s="10"/>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="3">
         <f t="shared" si="0"/>
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B75" s="15"/>
       <c r="C75" s="5"/>
       <c r="D75" s="6"/>
       <c r="E75" s="10"/>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="3">
         <f t="shared" si="0"/>
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B76" s="15"/>
       <c r="C76" s="5"/>
       <c r="D76" s="6"/>
       <c r="E76" s="10"/>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="3">
         <f t="shared" si="0"/>
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B77" s="15"/>
       <c r="C77" s="5"/>
       <c r="D77" s="6"/>
       <c r="E77" s="10"/>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="3">
-        <f t="shared" ref="A78:A141" si="1">A77+1</f>
-        <v>67</v>
+        <f t="shared" si="0"/>
+        <v>66</v>
       </c>
       <c r="B78" s="15"/>
       <c r="C78" s="5"/>
       <c r="D78" s="6"/>
       <c r="E78" s="10"/>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="3">
-        <f t="shared" si="1"/>
-        <v>68</v>
+        <f t="shared" ref="A79:A142" si="1">A78+1</f>
+        <v>67</v>
       </c>
       <c r="B79" s="15"/>
       <c r="C79" s="5"/>
       <c r="D79" s="6"/>
       <c r="E79" s="10"/>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="3">
         <f t="shared" si="1"/>
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B80" s="15"/>
       <c r="C80" s="5"/>
       <c r="D80" s="6"/>
       <c r="E80" s="10"/>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="3">
         <f t="shared" si="1"/>
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B81" s="15"/>
       <c r="C81" s="5"/>
       <c r="D81" s="6"/>
       <c r="E81" s="10"/>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="3">
         <f t="shared" si="1"/>
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B82" s="15"/>
       <c r="C82" s="5"/>
       <c r="D82" s="6"/>
       <c r="E82" s="10"/>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="3">
         <f t="shared" si="1"/>
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B83" s="15"/>
       <c r="C83" s="5"/>
       <c r="D83" s="6"/>
       <c r="E83" s="10"/>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="3">
         <f t="shared" si="1"/>
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B84" s="15"/>
       <c r="C84" s="5"/>
       <c r="D84" s="6"/>
       <c r="E84" s="10"/>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="3">
         <f t="shared" si="1"/>
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B85" s="15"/>
       <c r="C85" s="5"/>
       <c r="D85" s="6"/>
       <c r="E85" s="10"/>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="3">
         <f t="shared" si="1"/>
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B86" s="15"/>
       <c r="C86" s="5"/>
       <c r="D86" s="6"/>
       <c r="E86" s="10"/>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="3">
         <f t="shared" si="1"/>
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B87" s="15"/>
       <c r="C87" s="5"/>
       <c r="D87" s="6"/>
       <c r="E87" s="10"/>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="3">
         <f t="shared" si="1"/>
-        <v>77</v>
-[...2 lines deleted...]
-      <c r="C88" s="7"/>
+        <v>76</v>
+      </c>
+      <c r="B88" s="15"/>
+      <c r="C88" s="5"/>
       <c r="D88" s="6"/>
       <c r="E88" s="10"/>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="3">
         <f t="shared" si="1"/>
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B89" s="16"/>
       <c r="C89" s="7"/>
       <c r="D89" s="6"/>
       <c r="E89" s="10"/>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="3">
         <f t="shared" si="1"/>
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B90" s="16"/>
       <c r="C90" s="7"/>
       <c r="D90" s="6"/>
       <c r="E90" s="10"/>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="3">
         <f t="shared" si="1"/>
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B91" s="16"/>
       <c r="C91" s="7"/>
       <c r="D91" s="6"/>
       <c r="E91" s="10"/>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="3">
         <f t="shared" si="1"/>
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B92" s="16"/>
       <c r="C92" s="7"/>
       <c r="D92" s="6"/>
       <c r="E92" s="10"/>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="3">
         <f t="shared" si="1"/>
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B93" s="16"/>
       <c r="C93" s="7"/>
       <c r="D93" s="6"/>
       <c r="E93" s="10"/>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="3">
         <f t="shared" si="1"/>
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B94" s="16"/>
       <c r="C94" s="7"/>
       <c r="D94" s="6"/>
       <c r="E94" s="10"/>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="3">
         <f t="shared" si="1"/>
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="B95" s="15"/>
+        <v>83</v>
+      </c>
+      <c r="B95" s="16"/>
       <c r="C95" s="7"/>
       <c r="D95" s="6"/>
       <c r="E95" s="10"/>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="3">
         <f t="shared" si="1"/>
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B96" s="15"/>
       <c r="C96" s="7"/>
       <c r="D96" s="6"/>
       <c r="E96" s="10"/>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="3">
         <f t="shared" si="1"/>
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B97" s="15"/>
       <c r="C97" s="7"/>
       <c r="D97" s="6"/>
       <c r="E97" s="10"/>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="3">
         <f t="shared" si="1"/>
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B98" s="15"/>
-      <c r="C98" s="5"/>
+      <c r="C98" s="7"/>
       <c r="D98" s="6"/>
       <c r="E98" s="10"/>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="3">
         <f t="shared" si="1"/>
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B99" s="15"/>
       <c r="C99" s="5"/>
       <c r="D99" s="6"/>
       <c r="E99" s="10"/>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="3">
         <f t="shared" si="1"/>
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B100" s="15"/>
       <c r="C100" s="5"/>
       <c r="D100" s="6"/>
       <c r="E100" s="10"/>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="3">
         <f t="shared" si="1"/>
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B101" s="15"/>
       <c r="C101" s="5"/>
       <c r="D101" s="6"/>
       <c r="E101" s="10"/>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="3">
         <f t="shared" si="1"/>
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B102" s="15"/>
       <c r="C102" s="5"/>
       <c r="D102" s="6"/>
       <c r="E102" s="10"/>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="3">
         <f t="shared" si="1"/>
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B103" s="15"/>
       <c r="C103" s="5"/>
       <c r="D103" s="6"/>
       <c r="E103" s="10"/>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="3">
         <f t="shared" si="1"/>
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B104" s="15"/>
       <c r="C104" s="5"/>
       <c r="D104" s="6"/>
       <c r="E104" s="10"/>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="3">
         <f t="shared" si="1"/>
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B105" s="15"/>
       <c r="C105" s="5"/>
       <c r="D105" s="6"/>
       <c r="E105" s="10"/>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="3">
         <f t="shared" si="1"/>
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B106" s="15"/>
       <c r="C106" s="5"/>
       <c r="D106" s="6"/>
       <c r="E106" s="10"/>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="3">
         <f t="shared" si="1"/>
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B107" s="15"/>
       <c r="C107" s="5"/>
       <c r="D107" s="6"/>
       <c r="E107" s="10"/>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="3">
         <f t="shared" si="1"/>
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B108" s="15"/>
       <c r="C108" s="5"/>
       <c r="D108" s="6"/>
       <c r="E108" s="10"/>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="3">
         <f t="shared" si="1"/>
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B109" s="15"/>
       <c r="C109" s="5"/>
       <c r="D109" s="6"/>
       <c r="E109" s="10"/>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="3">
         <f t="shared" si="1"/>
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B110" s="15"/>
       <c r="C110" s="5"/>
       <c r="D110" s="6"/>
       <c r="E110" s="10"/>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="3">
         <f t="shared" si="1"/>
-        <v>100</v>
-[...3 lines deleted...]
-      <c r="D111" s="3"/>
+        <v>99</v>
+      </c>
+      <c r="B111" s="15"/>
+      <c r="C111" s="5"/>
+      <c r="D111" s="6"/>
       <c r="E111" s="10"/>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="3">
         <f t="shared" si="1"/>
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B112" s="17"/>
       <c r="C112" s="8"/>
       <c r="D112" s="3"/>
       <c r="E112" s="10"/>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="3">
         <f t="shared" si="1"/>
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B113" s="17"/>
       <c r="C113" s="8"/>
       <c r="D113" s="3"/>
       <c r="E113" s="10"/>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="3">
         <f t="shared" si="1"/>
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B114" s="17"/>
       <c r="C114" s="8"/>
       <c r="D114" s="3"/>
       <c r="E114" s="10"/>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="3">
         <f t="shared" si="1"/>
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B115" s="17"/>
       <c r="C115" s="8"/>
       <c r="D115" s="3"/>
       <c r="E115" s="10"/>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="3">
         <f t="shared" si="1"/>
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B116" s="17"/>
       <c r="C116" s="8"/>
       <c r="D116" s="3"/>
       <c r="E116" s="10"/>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="3">
         <f t="shared" si="1"/>
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B117" s="17"/>
       <c r="C117" s="8"/>
       <c r="D117" s="3"/>
       <c r="E117" s="10"/>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="3">
         <f t="shared" si="1"/>
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B118" s="17"/>
       <c r="C118" s="8"/>
       <c r="D118" s="3"/>
       <c r="E118" s="10"/>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="3">
         <f t="shared" si="1"/>
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B119" s="17"/>
       <c r="C119" s="8"/>
       <c r="D119" s="3"/>
       <c r="E119" s="10"/>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="3">
         <f t="shared" si="1"/>
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B120" s="17"/>
       <c r="C120" s="8"/>
       <c r="D120" s="3"/>
       <c r="E120" s="10"/>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="3">
         <f t="shared" si="1"/>
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B121" s="17"/>
       <c r="C121" s="8"/>
       <c r="D121" s="3"/>
       <c r="E121" s="10"/>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="3">
         <f t="shared" si="1"/>
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B122" s="17"/>
       <c r="C122" s="8"/>
       <c r="D122" s="3"/>
       <c r="E122" s="10"/>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="3">
         <f t="shared" si="1"/>
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B123" s="17"/>
       <c r="C123" s="8"/>
       <c r="D123" s="3"/>
       <c r="E123" s="10"/>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="3">
         <f t="shared" si="1"/>
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B124" s="17"/>
       <c r="C124" s="8"/>
       <c r="D124" s="3"/>
       <c r="E124" s="10"/>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="3">
         <f t="shared" si="1"/>
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B125" s="17"/>
       <c r="C125" s="8"/>
       <c r="D125" s="3"/>
       <c r="E125" s="10"/>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="3">
         <f t="shared" si="1"/>
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B126" s="17"/>
       <c r="C126" s="8"/>
       <c r="D126" s="3"/>
       <c r="E126" s="10"/>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="3">
         <f t="shared" si="1"/>
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B127" s="17"/>
       <c r="C127" s="8"/>
       <c r="D127" s="3"/>
       <c r="E127" s="10"/>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="3">
         <f t="shared" si="1"/>
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B128" s="17"/>
       <c r="C128" s="8"/>
       <c r="D128" s="3"/>
       <c r="E128" s="10"/>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="3">
         <f t="shared" si="1"/>
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B129" s="17"/>
       <c r="C129" s="8"/>
       <c r="D129" s="3"/>
       <c r="E129" s="10"/>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="3">
         <f t="shared" si="1"/>
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B130" s="17"/>
       <c r="C130" s="8"/>
       <c r="D130" s="3"/>
       <c r="E130" s="10"/>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="3">
         <f t="shared" si="1"/>
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B131" s="17"/>
       <c r="C131" s="8"/>
       <c r="D131" s="3"/>
       <c r="E131" s="10"/>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="3">
         <f t="shared" si="1"/>
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B132" s="17"/>
       <c r="C132" s="8"/>
       <c r="D132" s="3"/>
       <c r="E132" s="10"/>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="3">
         <f t="shared" si="1"/>
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B133" s="17"/>
       <c r="C133" s="8"/>
       <c r="D133" s="3"/>
       <c r="E133" s="10"/>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="3">
         <f t="shared" si="1"/>
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B134" s="17"/>
       <c r="C134" s="8"/>
       <c r="D134" s="3"/>
       <c r="E134" s="10"/>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="3">
         <f t="shared" si="1"/>
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B135" s="17"/>
       <c r="C135" s="8"/>
       <c r="D135" s="3"/>
       <c r="E135" s="10"/>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="3">
         <f t="shared" si="1"/>
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B136" s="17"/>
       <c r="C136" s="8"/>
       <c r="D136" s="3"/>
       <c r="E136" s="10"/>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="3">
         <f t="shared" si="1"/>
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B137" s="17"/>
       <c r="C137" s="8"/>
       <c r="D137" s="3"/>
       <c r="E137" s="10"/>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="3">
         <f t="shared" si="1"/>
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B138" s="17"/>
       <c r="C138" s="8"/>
       <c r="D138" s="3"/>
       <c r="E138" s="10"/>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="3">
         <f t="shared" si="1"/>
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B139" s="17"/>
       <c r="C139" s="8"/>
       <c r="D139" s="3"/>
       <c r="E139" s="10"/>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="3">
         <f t="shared" si="1"/>
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B140" s="17"/>
       <c r="C140" s="8"/>
       <c r="D140" s="3"/>
       <c r="E140" s="10"/>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="3">
         <f t="shared" si="1"/>
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B141" s="17"/>
       <c r="C141" s="8"/>
       <c r="D141" s="3"/>
       <c r="E141" s="10"/>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="3">
-        <f t="shared" ref="A142:A205" si="2">A141+1</f>
-        <v>131</v>
+        <f t="shared" si="1"/>
+        <v>130</v>
       </c>
       <c r="B142" s="17"/>
       <c r="C142" s="8"/>
       <c r="D142" s="3"/>
       <c r="E142" s="10"/>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="3">
-        <f t="shared" si="2"/>
-        <v>132</v>
+        <f t="shared" ref="A143:A206" si="2">A142+1</f>
+        <v>131</v>
       </c>
       <c r="B143" s="17"/>
       <c r="C143" s="8"/>
       <c r="D143" s="3"/>
       <c r="E143" s="10"/>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="3">
         <f t="shared" si="2"/>
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B144" s="17"/>
       <c r="C144" s="8"/>
       <c r="D144" s="3"/>
       <c r="E144" s="10"/>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="3">
         <f t="shared" si="2"/>
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B145" s="17"/>
       <c r="C145" s="8"/>
       <c r="D145" s="3"/>
       <c r="E145" s="10"/>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="3">
         <f t="shared" si="2"/>
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B146" s="17"/>
       <c r="C146" s="8"/>
       <c r="D146" s="3"/>
       <c r="E146" s="10"/>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="3">
         <f t="shared" si="2"/>
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B147" s="17"/>
       <c r="C147" s="8"/>
       <c r="D147" s="3"/>
       <c r="E147" s="10"/>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="3">
         <f t="shared" si="2"/>
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B148" s="17"/>
       <c r="C148" s="8"/>
       <c r="D148" s="3"/>
       <c r="E148" s="10"/>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="3">
         <f t="shared" si="2"/>
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B149" s="17"/>
       <c r="C149" s="8"/>
       <c r="D149" s="3"/>
       <c r="E149" s="10"/>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="3">
         <f t="shared" si="2"/>
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B150" s="17"/>
       <c r="C150" s="8"/>
       <c r="D150" s="3"/>
       <c r="E150" s="10"/>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="3">
         <f t="shared" si="2"/>
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B151" s="17"/>
       <c r="C151" s="8"/>
       <c r="D151" s="3"/>
       <c r="E151" s="10"/>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="3">
         <f t="shared" si="2"/>
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B152" s="17"/>
       <c r="C152" s="8"/>
       <c r="D152" s="3"/>
       <c r="E152" s="10"/>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="3">
         <f t="shared" si="2"/>
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B153" s="17"/>
       <c r="C153" s="8"/>
       <c r="D153" s="3"/>
       <c r="E153" s="10"/>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="3">
         <f t="shared" si="2"/>
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B154" s="17"/>
       <c r="C154" s="8"/>
       <c r="D154" s="3"/>
       <c r="E154" s="10"/>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="3">
         <f t="shared" si="2"/>
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B155" s="17"/>
       <c r="C155" s="8"/>
       <c r="D155" s="3"/>
       <c r="E155" s="10"/>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="3">
         <f t="shared" si="2"/>
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B156" s="17"/>
       <c r="C156" s="8"/>
       <c r="D156" s="3"/>
       <c r="E156" s="10"/>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="3">
         <f t="shared" si="2"/>
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B157" s="17"/>
       <c r="C157" s="8"/>
       <c r="D157" s="3"/>
       <c r="E157" s="10"/>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="3">
         <f t="shared" si="2"/>
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B158" s="17"/>
       <c r="C158" s="8"/>
       <c r="D158" s="3"/>
       <c r="E158" s="10"/>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="3">
         <f t="shared" si="2"/>
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B159" s="17"/>
       <c r="C159" s="8"/>
       <c r="D159" s="3"/>
       <c r="E159" s="10"/>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="3">
         <f t="shared" si="2"/>
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B160" s="17"/>
       <c r="C160" s="8"/>
       <c r="D160" s="3"/>
       <c r="E160" s="10"/>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="3">
         <f t="shared" si="2"/>
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B161" s="17"/>
       <c r="C161" s="8"/>
       <c r="D161" s="3"/>
       <c r="E161" s="10"/>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="3">
         <f t="shared" si="2"/>
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="B162" s="17"/>
       <c r="C162" s="8"/>
       <c r="D162" s="3"/>
       <c r="E162" s="10"/>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="3">
         <f t="shared" si="2"/>
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B163" s="17"/>
       <c r="C163" s="8"/>
       <c r="D163" s="3"/>
       <c r="E163" s="10"/>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="3">
         <f t="shared" si="2"/>
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B164" s="17"/>
       <c r="C164" s="8"/>
       <c r="D164" s="3"/>
       <c r="E164" s="10"/>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="3">
         <f t="shared" si="2"/>
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B165" s="17"/>
       <c r="C165" s="8"/>
       <c r="D165" s="3"/>
       <c r="E165" s="10"/>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="3">
         <f t="shared" si="2"/>
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="B166" s="17"/>
       <c r="C166" s="8"/>
       <c r="D166" s="3"/>
       <c r="E166" s="10"/>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="3">
         <f t="shared" si="2"/>
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B167" s="17"/>
       <c r="C167" s="8"/>
       <c r="D167" s="3"/>
       <c r="E167" s="10"/>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="3">
         <f t="shared" si="2"/>
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B168" s="17"/>
       <c r="C168" s="8"/>
       <c r="D168" s="3"/>
       <c r="E168" s="10"/>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="3">
         <f t="shared" si="2"/>
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="B169" s="17"/>
       <c r="C169" s="8"/>
       <c r="D169" s="3"/>
       <c r="E169" s="10"/>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="3">
         <f t="shared" si="2"/>
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="B170" s="17"/>
       <c r="C170" s="8"/>
       <c r="D170" s="3"/>
       <c r="E170" s="10"/>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="3">
         <f t="shared" si="2"/>
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="B171" s="17"/>
       <c r="C171" s="8"/>
       <c r="D171" s="3"/>
       <c r="E171" s="10"/>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="3">
         <f t="shared" si="2"/>
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B172" s="17"/>
       <c r="C172" s="8"/>
       <c r="D172" s="3"/>
       <c r="E172" s="10"/>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="3">
         <f t="shared" si="2"/>
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="B173" s="17"/>
       <c r="C173" s="8"/>
       <c r="D173" s="3"/>
       <c r="E173" s="10"/>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="3">
         <f t="shared" si="2"/>
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B174" s="17"/>
       <c r="C174" s="8"/>
       <c r="D174" s="3"/>
       <c r="E174" s="10"/>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="3">
         <f t="shared" si="2"/>
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="B175" s="17"/>
       <c r="C175" s="8"/>
       <c r="D175" s="3"/>
       <c r="E175" s="10"/>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="3">
         <f t="shared" si="2"/>
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="B176" s="17"/>
       <c r="C176" s="8"/>
       <c r="D176" s="3"/>
       <c r="E176" s="10"/>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="3">
         <f t="shared" si="2"/>
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="B177" s="17"/>
       <c r="C177" s="8"/>
       <c r="D177" s="3"/>
       <c r="E177" s="10"/>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="3">
         <f t="shared" si="2"/>
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="B178" s="17"/>
       <c r="C178" s="8"/>
       <c r="D178" s="3"/>
       <c r="E178" s="10"/>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="3">
         <f t="shared" si="2"/>
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B179" s="17"/>
       <c r="C179" s="8"/>
       <c r="D179" s="3"/>
       <c r="E179" s="10"/>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="3">
         <f t="shared" si="2"/>
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="B180" s="17"/>
       <c r="C180" s="8"/>
       <c r="D180" s="3"/>
       <c r="E180" s="10"/>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="3">
         <f t="shared" si="2"/>
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="B181" s="17"/>
       <c r="C181" s="8"/>
       <c r="D181" s="3"/>
       <c r="E181" s="10"/>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="3">
         <f t="shared" si="2"/>
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="B182" s="17"/>
       <c r="C182" s="8"/>
       <c r="D182" s="3"/>
       <c r="E182" s="10"/>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="3">
         <f t="shared" si="2"/>
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="B183" s="17"/>
       <c r="C183" s="8"/>
       <c r="D183" s="3"/>
       <c r="E183" s="10"/>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="3">
         <f t="shared" si="2"/>
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B184" s="17"/>
       <c r="C184" s="8"/>
       <c r="D184" s="3"/>
       <c r="E184" s="10"/>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="3">
         <f t="shared" si="2"/>
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="B185" s="17"/>
       <c r="C185" s="8"/>
       <c r="D185" s="3"/>
       <c r="E185" s="10"/>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="3">
         <f t="shared" si="2"/>
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B186" s="17"/>
       <c r="C186" s="8"/>
       <c r="D186" s="3"/>
       <c r="E186" s="10"/>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="3">
         <f t="shared" si="2"/>
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="B187" s="17"/>
       <c r="C187" s="8"/>
       <c r="D187" s="3"/>
       <c r="E187" s="10"/>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="3">
         <f t="shared" si="2"/>
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="B188" s="17"/>
       <c r="C188" s="8"/>
       <c r="D188" s="3"/>
       <c r="E188" s="10"/>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="3">
         <f t="shared" si="2"/>
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B189" s="17"/>
       <c r="C189" s="8"/>
       <c r="D189" s="3"/>
       <c r="E189" s="10"/>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="3">
         <f t="shared" si="2"/>
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="B190" s="17"/>
       <c r="C190" s="8"/>
       <c r="D190" s="3"/>
       <c r="E190" s="10"/>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="3">
         <f t="shared" si="2"/>
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B191" s="17"/>
       <c r="C191" s="8"/>
       <c r="D191" s="3"/>
       <c r="E191" s="10"/>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="3">
         <f t="shared" si="2"/>
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="B192" s="17"/>
       <c r="C192" s="8"/>
       <c r="D192" s="3"/>
       <c r="E192" s="10"/>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="3">
         <f t="shared" si="2"/>
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="B193" s="17"/>
       <c r="C193" s="8"/>
       <c r="D193" s="3"/>
       <c r="E193" s="10"/>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="3">
         <f t="shared" si="2"/>
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="B194" s="17"/>
       <c r="C194" s="8"/>
       <c r="D194" s="3"/>
       <c r="E194" s="10"/>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="3">
         <f t="shared" si="2"/>
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="B195" s="17"/>
       <c r="C195" s="8"/>
       <c r="D195" s="3"/>
       <c r="E195" s="10"/>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="3">
         <f t="shared" si="2"/>
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="B196" s="17"/>
       <c r="C196" s="8"/>
       <c r="D196" s="3"/>
       <c r="E196" s="10"/>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="3">
         <f t="shared" si="2"/>
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="B197" s="17"/>
       <c r="C197" s="8"/>
       <c r="D197" s="3"/>
       <c r="E197" s="10"/>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="3">
         <f t="shared" si="2"/>
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B198" s="17"/>
       <c r="C198" s="8"/>
       <c r="D198" s="3"/>
       <c r="E198" s="10"/>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="3">
         <f t="shared" si="2"/>
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B199" s="17"/>
       <c r="C199" s="8"/>
       <c r="D199" s="3"/>
       <c r="E199" s="10"/>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="3">
         <f t="shared" si="2"/>
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="B200" s="17"/>
       <c r="C200" s="8"/>
       <c r="D200" s="3"/>
       <c r="E200" s="10"/>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="3">
         <f t="shared" si="2"/>
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B201" s="17"/>
       <c r="C201" s="8"/>
       <c r="D201" s="3"/>
       <c r="E201" s="10"/>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="3">
         <f t="shared" si="2"/>
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="B202" s="17"/>
       <c r="C202" s="8"/>
       <c r="D202" s="3"/>
       <c r="E202" s="10"/>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="3">
         <f t="shared" si="2"/>
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="B203" s="17"/>
       <c r="C203" s="8"/>
       <c r="D203" s="3"/>
       <c r="E203" s="10"/>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="3">
         <f t="shared" si="2"/>
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="B204" s="17"/>
       <c r="C204" s="8"/>
       <c r="D204" s="3"/>
       <c r="E204" s="10"/>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="3">
         <f t="shared" si="2"/>
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="B205" s="17"/>
       <c r="C205" s="8"/>
       <c r="D205" s="3"/>
       <c r="E205" s="10"/>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="3">
-        <f t="shared" ref="A206:A211" si="3">A205+1</f>
-        <v>195</v>
+        <f t="shared" si="2"/>
+        <v>194</v>
       </c>
       <c r="B206" s="17"/>
       <c r="C206" s="8"/>
       <c r="D206" s="3"/>
       <c r="E206" s="10"/>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="3">
-        <f t="shared" si="3"/>
-        <v>196</v>
+        <f t="shared" ref="A207:A212" si="3">A206+1</f>
+        <v>195</v>
       </c>
       <c r="B207" s="17"/>
       <c r="C207" s="8"/>
       <c r="D207" s="3"/>
       <c r="E207" s="10"/>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="3">
         <f t="shared" si="3"/>
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="B208" s="17"/>
       <c r="C208" s="8"/>
       <c r="D208" s="3"/>
       <c r="E208" s="10"/>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="3">
         <f t="shared" si="3"/>
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B209" s="17"/>
       <c r="C209" s="8"/>
       <c r="D209" s="3"/>
       <c r="E209" s="10"/>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="3">
         <f t="shared" si="3"/>
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B210" s="17"/>
       <c r="C210" s="8"/>
       <c r="D210" s="3"/>
       <c r="E210" s="10"/>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="3">
         <f t="shared" si="3"/>
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B211" s="17"/>
       <c r="C211" s="8"/>
       <c r="D211" s="3"/>
       <c r="E211" s="10"/>
     </row>
+    <row r="212" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A212" s="3">
+        <f t="shared" si="3"/>
+        <v>200</v>
+      </c>
+      <c r="B212" s="17"/>
+      <c r="C212" s="8"/>
+      <c r="D212" s="3"/>
+      <c r="E212" s="10"/>
+    </row>
   </sheetData>
-  <mergeCells count="20">
-[...1 lines deleted...]
-    <mergeCell ref="A10:B10"/>
+  <mergeCells count="22">
+    <mergeCell ref="C1:E1"/>
+    <mergeCell ref="C2:E2"/>
+    <mergeCell ref="C5:E5"/>
+    <mergeCell ref="C8:E8"/>
+    <mergeCell ref="C7:E7"/>
+    <mergeCell ref="C3:E3"/>
+    <mergeCell ref="C4:E4"/>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="A2:B2"/>
-    <mergeCell ref="C1:E1"/>
-[...2 lines deleted...]
-    <mergeCell ref="C8:E8"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="A4:B4"/>
+    <mergeCell ref="A11:B11"/>
+    <mergeCell ref="C11:E11"/>
     <mergeCell ref="C6:E6"/>
     <mergeCell ref="A6:B6"/>
-    <mergeCell ref="A3:B3"/>
-[...4 lines deleted...]
-    <mergeCell ref="C7:E7"/>
+    <mergeCell ref="C10:E10"/>
+    <mergeCell ref="A10:B10"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="C9:E9"/>
   </mergeCells>
-  <phoneticPr fontId="17" type="noConversion"/>
+  <phoneticPr fontId="2" type="noConversion"/>
   <printOptions gridLines="1"/>
   <pageMargins left="0.70833333333333337" right="0.70833333333333337" top="0.74791666666666667" bottom="0.74791666666666667" header="0.51180555555555551" footer="0.51180555555555551"/>
   <pageSetup paperSize="9" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>